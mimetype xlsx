--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -51,87 +51,87 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>Lidiana de Diogenio</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/5/pl.pdf</t>
+    <t>LIDIANA</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/5/pl.pdf</t>
   </si>
   <si>
     <t>Denomina de Eduardo José Antônio, Rua localizada na Comunidade de Cachoeira de Cima.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/7/pl04.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/7/pl04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua na Comunidade Cachoeira - Vieirópolis e da outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/8/pl05.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/8/pl05.pdf</t>
   </si>
   <si>
     <t>Denominação de Creche na Comunidade Cachoeira - Vieirópolis e da outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Denominação de Rua Na comunidade Cachoeira de Cima.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Propondo reconhecer de utilidade publica municipal a colônia de pescadores profissionais.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Denominar de João Manoel de Oliveira a Rua pavimentada na Cachoeira de cima.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Requerer a denominação de Antônio Maria da Conceição de Praça da  Comunidade Santa Gertrudes.</t>
   </si>
@@ -258,75 +258,75 @@
   <si>
     <t>Concede Titulo de Cidadão Vieiropolense ao Deputado Estadual  Francisco Gomes de Araújo Junior.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Vieiropolense ao Deputado Estadual Jutay Meneses.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Estabelece dia e horário para realização das sessões ordinárias da Câmara Municipal de Vieirópolis- Paraíba.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>Tico de Neco</t>
+    <t>TICO DE NECO</t>
   </si>
   <si>
     <t>empenho no sentido de que seja providenciada, com a maior brevidade possível, a recuperação do cacimbão que fornece água para abastecer a comunidade do Pião e região.</t>
   </si>
   <si>
     <t>Helio de Moises</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/2/req_17.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/2/req_17.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja promovida uma ampla reforma no lajão que da acesso a comunidade do bomfim e região.</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/4/req._no_018_-_2022_plo_no_003_-_2022_-_jljsa.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/4/req._no_018_-_2022_plo_no_003_-_2022_-_jljsa.docx</t>
   </si>
   <si>
     <t>concedida urgência especial e dispensa de pareceres para o Projeto de Lei Ordinária, nº 003/2022, de autoria da Vereadora, Josefa Lidiana Juvenal da Silva Andrade, e dado a urgência do mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>Luzia Selvizo</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/6/req_19.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/6/req_19.pdf</t>
   </si>
   <si>
     <t>Disponibilizado um veículo da saúde para atender exclusivamente aos moradores da comunidade de Umburana e circunvizinhança, inclusive nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>Denomina rua da Cachoeira de Cima de Francisco Manoel da Silva (Chico de Tereza)</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Denomina Creche da Cachoeira de Cima de Maria de Fatima Aristóteles de Oliveira.</t>
   </si>
   <si>
     <t>Solicitando a Instalação de uma caixa D`agua na Rua José Pereira de Sousa - Campo Alegre</t>
   </si>
   <si>
     <t>Estabelecendo dia e horário para realização das sessões ordinárias da Câmara Municipal de Vieirópolis.</t>
   </si>
   <si>
     <t>25</t>
   </si>
@@ -381,51 +381,51 @@
   <si>
     <t>Dispensa de pareceres do Projeto de Lei Ordinária do Poder Executivo instituindo o Programa Social que visa fornecer refeições noturnas as pessoas.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Concessão de urgência e dispensa de pareceres para o Projeto de Lei de autoria do Poder Executivo municipal que dispõe sobre autorização para aumento de créditos suplementares.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Requer que seja concedida urgência especial e dispensa de pareceres ao Projeto de Lei de autoria do Poder Executivo para fins de Desapropriação ao imóvel que se especifica.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Requerer a intensificação das rondas policiais nas comunidades de São Diogo, Caiçara e Pinhão.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>Mazinho</t>
+    <t>MAZINHO</t>
   </si>
   <si>
     <t>Solicitar veículo da Saúde para os moradores da comunidade de Cachoeira de Baixo.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga a comunidade do Sobrado a PB Mauro Abrantes Sobrinho.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Dispensa de pareceres para o PL 019/2022 de autoria do poder executivo municipal.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dispensa de Pareceres para o Projeto de Lei 020/2022 de autoria do Poder Executivo Municipal  que dispõe sobre autorização de Abertura de Credito Especial.</t>
   </si>
   <si>
     <t>52</t>
   </si>
@@ -894,68 +894,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/5/pl.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/7/pl04.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/8/pl05.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/2/req_17.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/4/req._no_018_-_2022_plo_no_003_-_2022_-_jljsa.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/6/req_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/5/pl.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/7/pl04.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/8/pl05.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/2/req_17.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/4/req._no_018_-_2022_plo_no_003_-_2022_-_jljsa.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2022/6/req_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="209.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>