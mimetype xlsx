--- v0 (2025-12-09)
+++ v1 (2026-03-14)
@@ -51,1427 +51,1427 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>Tico de Neco</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/102/plo_no_001_-_2023_-_den_praca_comunidade_sitio_pinhao.pdf</t>
+    <t>TICO DE NECO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/102/plo_no_001_-_2023_-_den_praca_comunidade_sitio_pinhao.pdf</t>
   </si>
   <si>
     <t>Denomina Praça da Comunidade de Sítio Pinhão, _x000D_
 zona rural do Município de Vieirópolis e dá outras _x000D_
 providências</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/100/plo_no_002_-_2023_-_institui_a_viap.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/100/plo_no_002_-_2023_-_institui_a_viap.pdf</t>
   </si>
   <si>
     <t>Institui a Verba Indenizatória de Atividades Parlamentares (VIAP) na Câmara Municipal de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Vando do Riacho</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/95/plo_no_003_-_2023_-_den_rua_na_sede_de_maria_do_scorro_gadelha_de_albuquerque.pdf</t>
+    <t>VANDO DO RIACHO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/95/plo_no_003_-_2023_-_den_rua_na_sede_de_maria_do_scorro_gadelha_de_albuquerque.pdf</t>
   </si>
   <si>
     <t>Denominação Rua na sede do Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Neto de Santa</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/96/plo_no_004_-_2023_-_den._rua_na_sede_de_walfredo_moreira_da_nobrega.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/96/plo_no_004_-_2023_-_den._rua_na_sede_de_walfredo_moreira_da_nobrega.pdf</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Mazinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/97/plo_no_005_-_2023_-_den._rua_na_sede_de_constantino_vieira.pdf</t>
+    <t>MAZINHO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/97/plo_no_005_-_2023_-_den._rua_na_sede_de_constantino_vieira.pdf</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Lidiana de Diogenio</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/106/plo_no_006_-_2023_-_den._rua_na_sede_de_maria_leonice_de_assis_moreira.pdf</t>
+    <t>LIDIANA</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/106/plo_no_006_-_2023_-_den._rua_na_sede_de_maria_leonice_de_assis_moreira.pdf</t>
   </si>
   <si>
     <t>Denominação Rua na Sede do Município de Vieirópolis e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Luzia Selvizo</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/98/plo_no_007_-_2023_-_den._rua_na_sede_de_jose_vieira_da_costa.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/98/plo_no_007_-_2023_-_den._rua_na_sede_de_jose_vieira_da_costa.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/127/plo_no_008_-_2023_-_oficializacao_do_hino.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/127/plo_no_008_-_2023_-_oficializacao_do_hino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Símbolo e Hino Oficial do Município _x000D_
 de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/148/plo_n_009_-_2023_-_legislativo_denomina_rua__da_comunidade_de_cachoeira_dos_alves.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/148/plo_n_009_-_2023_-_legislativo_denomina_rua__da_comunidade_de_cachoeira_dos_alves.pdf</t>
   </si>
   <si>
     <t>Denomina Rua da Comunidade de Cachoeira dos Alves, zona rural do Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/173/plo_no_010_-_2023_-_den._praca_de_joaquim_xavier_pamplona_-_sitio_riacho_1.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/173/plo_no_010_-_2023_-_den._praca_de_joaquim_xavier_pamplona_-_sitio_riacho_1.doc</t>
   </si>
   <si>
     <t>Denomina Praça na Comunidade do Sítio Riacho, zona rural do Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/174/plo_no_011_-_2023_-_den._rua_de_cicero_lourenco_de_meto_certo.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/174/plo_no_011_-_2023_-_den._rua_de_cicero_lourenco_de_meto_certo.doc</t>
   </si>
   <si>
     <t>Denomina de Rua na Comunidade do Sítio Riacho, zona rural do Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/131/plc_n_001-_2023_autoriza_a_criacao_da_estrutura_funcional_administrativa_da_camara_municial_de_vieiropolis.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/131/plc_n_001-_2023_autoriza_a_criacao_da_estrutura_funcional_administrativa_da_camara_municial_de_vieiropolis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO ESTRUTURA FUNCIONAL ADMINISTRATIVA DA CÂMARA MUNICIPAL DE VIEIRÓPOLIS – ESTADO DA PARAÍBA, INSTITUI SEUS VENCIMENTOS, BEM COMO AUTORIZA CONCESSÃO DE GRATIFICAÇÃO DE FUNÇÃO AOS OCUPANTES CARGO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/105/pdl_no_001_-_2023_-_concede_tcv_a_geraldo_dias_filho.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/105/pdl_no_001_-_2023_-_concede_tcv_a_geraldo_dias_filho.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Vieiropolense ao Professor e _x000D_
 Maestro, Geraldo Dias Filho e adota outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/176/pdl_no_002_-_2023_concede_tcv_a_medica_antonio_gomes_abrantes_barbosa.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/176/pdl_no_002_-_2023_concede_tcv_a_medica_antonio_gomes_abrantes_barbosa.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Vieiropolense à Médica Antônia Gomes Abrantes Barbosa e adota outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/196/pres_n167_001_-_2023_-_regimento_interno.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/196/pres_n167_001_-_2023_-_regimento_interno.doc</t>
   </si>
   <si>
     <t>INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VIEIRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/187/proposta_de_emendas_a_lei_organica-5_1.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/187/proposta_de_emendas_a_lei_organica-5_1.docx</t>
   </si>
   <si>
     <t>ALTERA, ACRESCENTA E SUPRIME DIVERSAS DISPOSIÇÕES DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/192/proposta_de_emendas_a_lei_organica-5_1.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/192/proposta_de_emendas_a_lei_organica-5_1.docx</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/79/req._no_001_-_2023_-_dp_-_plo_no_001-2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/79/req._no_001_-_2023_-_dp_-_plo_no_001-2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, n na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres ra o Projeto de Lei Ordinária, abaixo-relacionado, e dado a urgência do mesmo, seja scutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/84/req._no_002_-_2023_-_dp_-_plo_no_003_e_004_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/84/req._no_002_-_2023_-_dp_-_plo_no_003_e_004_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para os projetos de Leis Ordinárias, abaixo-relacionados, e dado a urgência dos mesmos, sejam discutidos e votados nesta sessão.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Helio de Moises</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/88/req._no_004_-_2023_-_roco_mato_pb_-_385_e_pb_-_383.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/88/req._no_004_-_2023_-_roco_mato_pb_-_385_e_pb_-_383.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado com a maior urgência possível, o _x000D_
 roço do matagal localizado às margens da Rodovias: PB/385 – Mauro Abrantes _x000D_
 Sobrinho, que liga o Município de Sousa ao Lastro, e a PB/383 – José Júlio Gonçalves _x000D_
 que liga o contorno da PB/385 – Mauro Abrantes Sobrinho a Sede do Município de _x000D_
 Vieirópolis, ambas localizadas no alto Sertão Paraibano.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/89/req._no_005_-_2023_-_construcao_lajao_sobre_riacho_da_arara.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/89/req._no_005_-_2023_-_construcao_lajao_sobre_riacho_da_arara.pdf</t>
   </si>
   <si>
     <t>Solicita que seja_x000D_
 construída uma passagem molhada/lajão sobre o Riacho da Arara, mais _x000D_
 especificamente no trecho que corta a estrada que dá acesso ao Distrito de Campo _x000D_
 Alegre e região.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/93/req._no_006_-_2023_-_dp_-_plo_no_001_-_2023_-_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/93/req._no_006_-_2023_-_dp_-_plo_no_001_-_2023_-_fea.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, _x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres _x000D_
 para o Projeto de Lei Ordinária, abaixo-relacionado, e dado a urgência do mesmo, seja _x000D_
 discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/90/req._no_007_-_2023_-_recuperacao_lajao_umbura_e_baxio_dos_pereiros_lao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/90/req._no_007_-_2023_-_recuperacao_lajao_umbura_e_baxio_dos_pereiros_lao.pdf</t>
   </si>
   <si>
     <t>Solicita empenho no _x000D_
 sentido de que seja providenciada a recuperação das Passagens Molhadas/Lajões de _x000D_
 acesso as comunidades de Umburana e Baixio dos Pereiros, entre outras que estão _x000D_
 necessitando de reparos na esfera do Município</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/91/req._no_008_-_2023_-_dp_-_plo_no_002_-_2023_-_plm.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/91/req._no_008_-_2023_-_dp_-_plo_no_002_-_2023_-_plm.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 002/2023, de autoria do Poder Legislativo Municipal, que_x000D_
 institui a Verba Indenizatória de Atividades Parlamentares (VIAP) na Câmara Municipal de _x000D_
 Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/92/req._no_009_-_2023_-_dp_plc_no_001_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/92/req._no_009_-_2023_-_dp_plc_no_001_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 001/2023, de autoria do Poder Executivo Municipal, que altera a Lei Complementar Municipal nº 009, de 05 de setembro de 2006, acrescentando ao Capítulo II, a Seção XIII, Seção IV e Seção XV e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/94/req._no_010_-_2023_-_dp_-_plo_no_003_004_005_006_e_007_-_2023_-_emp_aaon_jga_jljsa_e_lao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/94/req._no_010_-_2023_-_dp_-_plo_no_003_004_005_006_e_007_-_2023_-_emp_aaon_jga_jljsa_e_lao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, _x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres _x000D_
 para os Projetos de Leis Ordinárias, abaixo-relacionados, e dado a urgência do mesmo, seja _x000D_
 discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/99/req._no_011_-_2023_-_instalacao_abastecimento_de_agua_umburana_de_cima_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/99/req._no_011_-_2023_-_instalacao_abastecimento_de_agua_umburana_de_cima_aaon.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado, com _x000D_
 a maior brevidade possível, a instalação do abastecimento d’água da comunidade Umburana _x000D_
 de cima neste Município de Vieirópolis, Paraíba</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/107/req._no_012_-_2023_-_dp_-_plo_no_005_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/107/req._no_012_-_2023_-_dp_-_plo_no_005_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, _x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as _x000D_
 exigências Legais, tais como: pareceres das Comissões competentes e prazos regimentais _x000D_
 para o Projeto de Lei Ordinária, abaixo-relacionado, para que o mesmo, seja discutido e _x000D_
 votado nesta sessão.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/109/req._no_013_-_2023_-_dp_-_plo_no_006_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/109/req._no_013_-_2023_-_dp_-_plo_no_006_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/111/req._no_014_-_2023_-_dp_-_plo_no_006_-_2023_-_jljsa.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/111/req._no_014_-_2023_-_dp_-_plo_no_006_-_2023_-_jljsa.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis,_x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as _x000D_
 exigências Legais, tais como: pareceres das Comissões competentes e prazos regimentais _x000D_
 para o Projeto de Lei Ordinária, abaixo-relacionado, para que o mesmo, seja discutido e _x000D_
 votado nesta sessão.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/103/req._no_015_-_2023_-_instalacao_posto_de_saude_caicara_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/103/req._no_015_-_2023_-_instalacao_posto_de_saude_caicara_fea.pdf</t>
   </si>
   <si>
     <t>Solicita que seja instalado um Posto de Atendimento Médico no sítio Caiçara dos _x000D_
 Gabrieis, para atender a Caiçara e região circunvizinha.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/104/req._no_016_-_2023_-_dp_-_pdl_no_001_-_2023_-_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/104/req._no_016_-_2023_-_dp_-_pdl_no_001_-_2023_-_aaon.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis,_x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as _x000D_
 exigências Legais, tais como: pareceres das Comissões competentes e prazos regimentais _x000D_
 para o Projeto de Decreto Legislativo, abaixo-relacionado, para que o mesmo, seja discutido _x000D_
 e votado nesta sessão.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/112/req._no_017_-_2023_-_dp_-_plo_no_007_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/112/req._no_017_-_2023_-_dp_-_plo_no_007_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis,_x000D_
 vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e _x000D_
 se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as _x000D_
 exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões_x000D_
 competentes e prazos regimentais para o Projeto de Lei Ordinária, abaixo-relacionado, para _x000D_
 que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/113/req._no_018_-_2023_-_dp_-_plo_no_008_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/113/req._no_018_-_2023_-_dp_-_plo_no_008_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/114/req._n_019_-_2023_plo_n_009_executivo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/114/req._n_019_-_2023_plo_n_009_executivo.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/115/req._no_020_-_2023_-_recuperacao_estrada_tonheiro_a_cesar_-_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/115/req._no_020_-_2023_-_recuperacao_estrada_tonheiro_a_cesar_-_fea.pdf</t>
   </si>
   <si>
     <t>Solicita que seja colocado piçarra ou outro material adequado nos buracos _x000D_
 existes na estrada que liga as residências dos senhores Tonheiro a César, mais _x000D_
 especificamente, no trecho onde é cortada pelas as águas do Riacho dos Moises.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/118/req._no_021_-_2023_-_construcao_lajao_sitio_sao_diogo_-_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/118/req._no_021_-_2023_-_construcao_lajao_sitio_sao_diogo_-_fea.pdf</t>
   </si>
   <si>
     <t>Solicita que seja construída uma passagem molhada/lajão sobre o Riacho São _x000D_
 Diogo, mais especificamente, depois da residência do Senhor José Emídio Moreira, _x000D_
 vizinho a José Pereira Correia.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/119/req._no_022_-_2023_plo_no_008_-_2023_-_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/119/req._no_022_-_2023_plo_no_008_-_2023_-_aaon.pdf</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Rolinha</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/120/req._no_023_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/120/req._no_023_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao _x000D_
 Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de_x000D_
 ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles,_x000D_
 solicitando que seja realizada a colocação de piçarra e roço do mato localizado às _x000D_
 margens da estrada vicinal que liga de Manoel Gadelha até Gilmar de Caetano.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/121/req._no_024_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/121/req._no_024_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao _x000D_
 Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de_x000D_
 ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles,_x000D_
 solicitando que seja realizada a colocação de piçarra e roço do mato localizado às _x000D_
 margens da estrada vicinal que tem inicio na residência do Sr. José Emídio, _x000D_
 passando por seu Joaquim seguindo até o seu final.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/122/req._no_025_-_2023_-_colocacao_de_aparelho_dessalinizador_1.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/122/req._no_025_-_2023_-_colocacao_de_aparelho_dessalinizador_1.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao _x000D_
 Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de_x000D_
 ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles,_x000D_
 solicitando que seja instalado um aparelho dessalinizador de água no poço artesiano _x000D_
 de propriedade do Município, localizado defronte à farmácia de Fabinho, na sede do _x000D_
 Município de Vieirópolis.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/123/req._no_026_-_2023_-_construcao_de_praca_umburana_de_baixo_e_cima_1.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/123/req._no_026_-_2023_-_construcao_de_praca_umburana_de_baixo_e_cima_1.pdf</t>
   </si>
   <si>
     <t>Vereadora com assento junto ao Poder Legislativo _x000D_
 Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário _x000D_
 seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando empenho no _x000D_
 sentido de que seja construída duas praças com academia de saúde ao ar livre nas_x000D_
 comunidades de Umburana de Baixo e Umburana de Cima, zona rural deste _x000D_
 Município.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/124/req._no_027_-_2023_-_construcao_de_quadra_de_esportes_umburana_de_cima_1.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/124/req._no_027_-_2023_-_construcao_de_quadra_de_esportes_umburana_de_cima_1.pdf</t>
   </si>
   <si>
     <t>Vereadora com assento junto ao Poder Legislativo _x000D_
 Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário _x000D_
 seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando empenho no _x000D_
 sentido de que seja construída uma Quadra Poliesportiva na comunidade de _x000D_
 Umburana de Cima, zona rural deste Município.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/125/req._no_028_-_2023_-_aquisicao_de_veiculo_estudantes_cajazeiras.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/125/req._no_028_-_2023_-_aquisicao_de_veiculo_estudantes_cajazeiras.pdf</t>
   </si>
   <si>
     <t>Vereadora com assento junto ao Poder Legislativo _x000D_
 Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário _x000D_
 seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando empenho no _x000D_
 sentido de que seja adquirido mais um veículo para fazer o transporte dos alunos que _x000D_
 estudam em universidades da cidade de Cajazeiras/PB.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/128/req._no_029_-_2023_-_recuperacao_praca_da_saude.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/128/req._no_029_-_2023_-_recuperacao_praca_da_saude.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando empenho no sentido de que seja realizada a reestruturação/recuperação da praça da saúde, localizada na sede do Município de Vieirópolis.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/129/req._no_030_-_2023_-_construcao_de_passarela_para_caminhada.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/129/req._no_030_-_2023_-_construcao_de_passarela_para_caminhada.pdf</t>
   </si>
   <si>
     <t>Solicita que seja construída uma pista tipo alameda para caminhadas e exercícios físicos no trecho que se inicia no portal de entrada da cidade localizado próximo ao prédio do PAIF e segue margeando a PB/383, José Júlio Gonçalves até as imediações da entrada para a residência do Sr. Peba, próximo ao prédio do antigo Grupo Escolar.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/130/req._n_031_-_2023_plc_n_001_mesa_diretora.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/130/req._n_031_-_2023_plc_n_001_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões competentes e prazos regimentais para o Projeto de Lei Ordinária, abaixo-relacionado, para que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/132/req._no_032_-_2023_-_construcao_lajao_riacho_da_arara.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/132/req._no_032_-_2023_-_construcao_lajao_riacho_da_arara.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja construída uma passagem molhada/lajão sobre o Riacho da Arara, mais especificamente, no trecho que passa entre as residências de Chagas de Adauto e Caetano.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/134/req._no_033_-_2023_-_escoamento_aguas_pluviais_rua_do_olho_dagua.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/134/req._no_033_-_2023_-_escoamento_aguas_pluviais_rua_do_olho_dagua.pdf</t>
   </si>
   <si>
     <t>Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja providenciado o melhoramento do escoamento de águas pluviais na Rua do Olho D’Agua.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/135/req._n_034_-_2023_plo_n_010_executivo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/135/req._n_034_-_2023_plo_n_010_executivo.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/136/req._no_035_-_2023_-_calcamento_sitio_sao_vicente.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/136/req._no_035_-_2023_-_calcamento_sitio_sao_vicente.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja realizado o calçamento do trecho que compreende entre a residência do Sr. Alcindo Paulo de Oliveira e segue até a bueira no sítio São Vicente, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/137/req._no_036_-_2023_-_destinacao_guardas_municipais_escolas_municipais.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/137/req._no_036_-_2023_-_destinacao_guardas_municipais_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>FRANCISCO EMÍDIO DE ABRANTES (Tico de Neco), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja destinado Guardas Municipais para prestarem serviços nas escolas da rede municipal de ensino, principalmente no horário de funcionamento das mesmas.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/138/req._no_037_-_2023_-_instalacao_coletores_lixo_comunidades_rurais.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/138/req._no_037_-_2023_-_instalacao_coletores_lixo_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>EVANDRO MOREIRA PAMPLONA, Vereador com assento junto a este Poder Legislativo vem, na forma regimental, requerer a Vossa Excelência que, após ouvido o Plenário, seja enviado ofício ao Prefeito Municipal de Vieirópolis, José Célio Aristóteles, solicitando que seja colocado coletores de lixo, tipo tambor, nas comunidades de Pinhão, São Diogo e Caiçara.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/139/req._no_038_-_2023_-_reforma_passagens_molhadas.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/139/req._no_038_-_2023_-_reforma_passagens_molhadas.pdf</t>
   </si>
   <si>
     <t>EVANDRO MOREIRA PAMPLONA, Vereador com assento junto a este Poder Legislativo vem, na forma regimental, requerer a Vossa Excelência que, após  ouvido o Plenário, seja enviado ofício ao Prefeito Municipal de Vieirópolis, José Célio Aristóteles, como também ao Secretário Municipal de Infraestrutura, Sinval Barbosa, solicitando que seja realizada a reforma/recuperação de duas passagens molhadas, mais especificamente, a passagem molhada conhecida como Lajão dos Nogueiras, vizinho a Zé Dantas, e a outra, o Lajão conhecido como Lajão de Zé Furtado, próximo a residência do Ex-Vereador, Zé Furtado, ambas localizadas na região do Riacho.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/140/req._n_039_-_2023_plc_n_002_executivo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/140/req._n_039_-_2023_plc_n_002_executivo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões competentes e prazos regimentais para o Projeto de Lei Complementar, abaixo-relacionado, para que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/141/req._no_040_-_2023_-_aquisicao_veiculos_psfs.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/141/req._no_040_-_2023_-_aquisicao_veiculos_psfs.pdf</t>
   </si>
   <si>
     <t>LUZIA ANDRADE DE OLIVEIRA, Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando empenho no sentido de que seja adquirido veículos para prestar assistências nos PSFs, Postos de Saúde da Família, na comunidade de Cachoeira, no distrito de Campo Alegre e na sede do Município.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/143/req._no_041_-_2023_-_doacao_terreno_as._pescadores.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/143/req._no_041_-_2023_-_doacao_terreno_as._pescadores.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que encaminhe à Câmara Projeto de Lei doando um terreno de propriedade do Município para Associação dos Pescadores e Aquicultores de Vieirópolis para construção da sua sede própria.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/144/req._no_042_-_2023_-_audiencia_publica_-_violencia_nas_escolas.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/144/req._no_042_-_2023_-_audiencia_publica_-_violencia_nas_escolas.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja marcada uma Audiência Pública, em data e horário, a serem marcados posterior para debater sobre a onda de violência que vem ocorrendo nas escolas das redes municipal, estadual e federal de ensino.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/145/req.__n_043_-_2023_plo_n_009_legislativo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/145/req.__n_043_-_2023_plo_n_009_legislativo.pdf</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/146/req._no_044_-_2023_-_const._campo_futebol_cachoeira_dos_alves.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/146/req._no_044_-_2023_-_const._campo_futebol_cachoeira_dos_alves.pdf</t>
   </si>
   <si>
     <t>JOSEFA LIDIANA JUVENAL DA SILVA ANDRADE, Vereadora com assento junto a este Poder Legislativo vem, na forma regimental, requerer a Vossa Excelência que, após ouvido o Plenário, seja enviado ofício ao Prefeito Municipal de Vieirópolis, José Célio Aristóteles, solicitando que seja realizada a construção de um Campo de Futebol, com grama e todos demais materiais adequados a uma boa prática do esporte mais popular do nosso País, na comunidade de Cachoeira.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/147/req._no_045_-_2023_-_asafalto_estrada_vieiropolis_x_rio_grande_do_norte.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/147/req._no_045_-_2023_-_asafalto_estrada_vieiropolis_x_rio_grande_do_norte.pdf</t>
   </si>
   <si>
     <t>LUZIA ANDRADE DE OLIVEIRA, Vereadora com assento junto a este Poder Legislativo vem, na forma regimental, requerer a Vossa Excelência que, após ouvido o Plenário, seja enviado ofício ao Prefeito Municipal de Vieirópolis, José Célio Aristóteles, bem como ao Governador, João Azevedo e ao Deputado Estadual, Júnior Araújo, empenho no sentido de que seja realizada uma parceria entre o Município de Vieirópolis e o Estado da Paraíba, objetivando a pavimentação asfáltica da estrada que liga a sede do Município de Vieirópolis ao vizinho Estado do Rio Grande do Norte, via comunidade de Umburana.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/149/req._n_046_-_2023_plo_n_012_executivo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/149/req._n_046_-_2023_plo_n_012_executivo.pdf</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/151/req._no_047_-_2023_-_limpeza_cacimbao_abastece_bonfim.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/151/req._no_047_-_2023_-_limpeza_cacimbao_abastece_bonfim.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que determine ao setor competente da Prefeitura providenciar a limpeza do Cacimbão que abastece a comunidade do Bonfim, zona Rural deste Município.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/155/req._no_048_-_2023_-_dp_plo_no_013_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/155/req._no_048_-_2023_-_dp_plo_no_013_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/161/req._no_049_-_2023_-_instalacao_creche_campo_alegre_-_hrd.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/161/req._no_049_-_2023_-_instalacao_creche_campo_alegre_-_hrd.pdf</t>
   </si>
   <si>
     <t>HÉLIO REGINALDO DIAS, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que seja reformado o prédio onde funcionava o Posto Médico do Distrito de Campo Alegre, para nele ser instalada uma creche com toda a aparelhagem necessária para atendimento às crianças de zero a seis anos que existe no Campo Alegre e região.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/157/req._n_050_-_2023_solicita_abertura_de_estrada.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/157/req._n_050_-_2023_solicita_abertura_de_estrada.pdf</t>
   </si>
   <si>
     <t>EVANDRO MOREIRA PAMPLONA, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que seja providenciada a abertura da antiga estrada vicinal que liga a comunidade de Caiçara dos Gabrieis ao Sítio São Vicente.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/164/req._no_051_-_2023_-_calcamento_umburana_de_cima.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/164/req._no_051_-_2023_-_calcamento_umburana_de_cima.docx</t>
   </si>
   <si>
     <t>Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que seja realizada a pavimentação da Rua que tem início na residência do Sr. Gentil, passando pela Rua da Residência do Sr. Zé de Valentinho, e seguindo até a comunidade de Umburana de Baixo.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/159/req._no_052_-_2023_-_abastecimento_dagua_bonfim_-_eao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/159/req._no_052_-_2023_-_abastecimento_dagua_bonfim_-_eao.pdf</t>
   </si>
   <si>
     <t>EDINALDO ANTUNES DE OLIVEIRA (Rolinha), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando empenho no sentido de que seja levado água do cacimbão de Sinval Barbosa, através da encanação já existente, até a caixa d’água grande da comunidade do Bonfim, de modo a facilitar o abastecimento das pessoas idosas que residem próximo a caixa d’água grande e que estão tendo dificuldades em se deslocarem para buscarem água em outros locais mais distantes.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/160/req._no_053_-_2023_-_aterro_e_iluminacao_campo_futebol_pompeia_-_eao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/160/req._no_053_-_2023_-_aterro_e_iluminacao_campo_futebol_pompeia_-_eao.pdf</t>
   </si>
   <si>
     <t>EDINALDO ANTUNES DE OLIVEIRA (Rolinha), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando empenho no sentido de que seja colocado umas caçambas de aterro no campinho de futebol da Pompeia, bem como que seja colocado, com a maior urgência possível, uns braços de luminárias naquela praça esportiva para a prática de futebol à noite.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/163/req._no_054_-_2023_-_dp_plo_no_014_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/163/req._no_054_-_2023_-_dp_plo_no_014_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art.141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões competentes e prazos regimentais para o Projeto de Lei Ordinária, abaixo-relacionado, para que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/165/req._no_055_-_2023_-_construcao_de_praca_de_eventos.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/165/req._no_055_-_2023_-_construcao_de_praca_de_eventos.docx</t>
   </si>
   <si>
     <t>Solicita empenho no sentido de que seja construída uma praça para realização de eventos na sede do Município de Vieirópolis.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/166/req._no_056_-_2023_-_construcao_de_passagem_molha_e_abaluamento_de_estrada.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/166/req._no_056_-_2023_-_construcao_de_passagem_molha_e_abaluamento_de_estrada.docx</t>
   </si>
   <si>
     <t>EVANDRO MOREIRA PAMPLONA, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, requerendo que encaminhe reivindicação ao Deputado Marcinho Lucena, solicitando que apresente emenda ao Orçamento da União, destinando verbas para  construção de passagem molham sobre o Riacho São Francisco, bem como a construção da estrada que liga a PB – Mauro Abrantes Sobrinho ao Distrito de Campo Alegre, via Riacho dos Nogueira e/ou fazenda de Dr. Fabrício Abrantes, ambas localizadas no Município de Vieirópolis.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/167/req._no_057_-_2023_-_retirada_lixo_sangria_acude_henrique_pereira_-_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/167/req._no_057_-_2023_-_retirada_lixo_sangria_acude_henrique_pereira_-_aaon.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, bem como, ao Secretário Municipal de Infraestrutura, Sinval Barbosa, solicitando que promova a retirada do lixão que está se formando no sangradouro do açude Henrique Pereira, aqui em Vieirópolis.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/168/req._no_058_-_2023_-_ap_-_eleicao_conselho_tutelar_-_jljsa.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/168/req._no_058_-_2023_-_ap_-_eleicao_conselho_tutelar_-_jljsa.pdf</t>
   </si>
   <si>
     <t>JOSEFA LIDIANA JUVENAL DA SILVA ANDRADE, Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja marcada uma Audiência Pública para o dia 08 de setembro de 2023, a partir das 16h, no Plenário do Poder Legislativo Vieiropolense, para debater sobre a eleição para o Conselho Tutelar do Município de Vieirópolis.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/169/req._no_059_-_2023_-_dp_-_plo_no_010_-_2023_-_emp.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/169/req._no_059_-_2023_-_dp_-_plo_no_010_-_2023_-_emp.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/170/req._no_060_-_2023_-_dp_-_pdl_no_002_-_2023_-_lao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/170/req._no_060_-_2023_-_dp_-_pdl_no_002_-_2023_-_lao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 141, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial, dispensando-se as exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões competentes e prazos regimentais para o Projeto de Decreto Legislativo, abaixo-relacionado, para que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/171/req._no_061_-_2023_-_dp_plo_no_015_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/171/req._no_061_-_2023_-_dp_plo_no_015_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/177/req._no_062_-_2023_-_banheiros_e_vestiarios_estadio_municipal_-_emp.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/177/req._no_062_-_2023_-_banheiros_e_vestiarios_estadio_municipal_-_emp.pdf</t>
   </si>
   <si>
     <t>EVANDRO MOREIRA PAMPLONA, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que sejam colocados refletores, bem como que seja construído dois banheiros e vestiários no campo de futebol “O ADEMIZÃO” localizado na saída para a comunidade de Cachoeira.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/172/req._no_063_-_2023_-_dp_-_plo_no_011_-_2023_-_emp.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/172/req._no_063_-_2023_-_dp_-_plo_no_011_-_2023_-_emp.pdf</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/178/req._no_064_-_2023_-_mocao_de_apoio_adpf_442_-_todos.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/178/req._no_064_-_2023_-_mocao_de_apoio_adpf_442_-_todos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma regimental, solicitar que depois de ouvido o Plenário, e se aprovado, seja consignado na ata dos trabalhos e encaminhado MOÇÃO DE APOIO ao Presidente do Senado Federal, Rodrigo Pacheco, bem como Presidente da Câmara dos Deputados, Artur Lira, para que se forme uma Frente Parlamentar Federal contra a ADPF 442, a qual busca descriminalizar a prática do aborto</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/179/req._no_065_-_2023_-_reabertura_mercado_publico_-_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/179/req._no_065_-_2023_-_reabertura_mercado_publico_-_aaon.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que promova a reabertura do Mercado Público Municipal.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/180/req._no_066_-_2023_-_14o_salario_acs_e_ace_-_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/180/req._no_066_-_2023_-_14o_salario_acs_e_ace_-_fea.pdf</t>
   </si>
   <si>
     <t>FRANCISCO EMÍDIO DE ABRANTES, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando a realização do pagamento dos incentivos adicionais (14º Salário) previstos nas Portarias nº 674/GM de 03.03.2002, Portaria nº 650/2006, Portaria nº 215/2015 (Art. 3º e 4º), Portaria nº 1.378/2013 e Portaria nº 1.025/GM/MS/2015, todas do Ministério da Saúde, aos ACS – Agentes Comunitários de Saúde e ACE – Agentes Combates as Endemias.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/181/req._no_067_-_2023_-_guard_rail_pb_-_387_-_aaon.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/181/req._no_067_-_2023_-_guard_rail_pb_-_387_-_aaon.pdf</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Governador João Azevedo, bem como ao Deputado Estadual Júnior Araújo e ao Superintendente do DER/PB Carlos Pereira de Carvalho e Silva, solicitando que seja implantado um Guard Rail na PB-387 (José Júlio Gonçalves), que liga a PB Mauro Abrantes Sobrinho à Sede do Município de Vieirópolis, mais especificamente na altura do km 05.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/183/req._no_068_-_2023_-_insalubridade_auxiliares_servicos_gerais_-_fea.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/183/req._no_068_-_2023_-_insalubridade_auxiliares_servicos_gerais_-_fea.pdf</t>
   </si>
   <si>
     <t>FRANCISCO EMÍDIO DE ABRANTES, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que encaminhe à Câmara Projeto de Lei instituindo insalubridade para os Auxiliares de Serviços Gerais do Município de Vieirópolis.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/185/req._no_069_-_2023_-_dp_-_plo_no_017_-_2023_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/185/req._no_069_-_2023_-_dp_-_plo_no_017_-_2023_-_pem.pdf</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/193/req._no_070_-_2023_-_escolinha_de_futebol.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/193/req._no_070_-_2023_-_escolinha_de_futebol.docx</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO, Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que encaminhe à Câmara Projeto de Lei criando o Programa Escolinha de Futebol, Formando cidadãos e atletas para o Futuro, conforme proposta de autoria do Conselho Tutelar de Defesa dos Direitos das Crianças e dos Adolescentes do Município de Vieirópolis, anexa.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/197/req._no_071_-_2023_-_dp_plo_no_018_e_019_-_2023_-_pem.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/197/req._no_071_-_2023_-_dp_plo_no_018_e_019_-_2023_-_pem.docx</t>
   </si>
   <si>
     <t>Os Vereadores, infra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência, dispensando-se as exigências regimentais ou formalidades Legais, tais como: pareceres das Comissões competentes e prazos regimentais para o Projeto de Lei Ordinária, abaixo-relacionado, para que o mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/198/req._no_072_-_2023_-_dp_plo_no_019_-_2023_-_pem.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/198/req._no_072_-_2023_-_dp_plo_no_019_-_2023_-_pem.docx</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/195/pres_n167_001_-_2023_-_regimento_interno_-_emenda_modificativa.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/195/pres_n167_001_-_2023_-_regimento_interno_-_emenda_modificativa.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE RESOLUÇÃO Nº 001/2023, QUE INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VIEIRÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/80/plo_no_001_-_2023_-_regulamenta_salario_minimo_ano_2023.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/80/plo_no_001_-_2023_-_regulamenta_salario_minimo_ano_2023.pdf</t>
   </si>
   <si>
     <t>Adota e regulariza o valor do salário-mínimo nacional para o exercício financeiro de 2023 no âmbito do Município de Vieirópolis/PB, e dá outras providências</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/85/plo_no_002_-_2023_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/85/plo_no_002_-_2023_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário mínimo no mês de janeiro de 2023 no âmbito do Município de Vieirópolis/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/86/plo_no_003_-_2023_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/86/plo_no_003_-_2023_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do piso salarial dos _x000D_
 profissionais do magistério público municipal e _x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/87/plo_no_004_-_2023_-_1.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/87/plo_no_004_-_2023_-_1.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento-base dos servidores _x000D_
 públicos ocupantes do cargo efetivo de _x000D_
 Regente de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/108/plo_no_005_-_2023_-_aprova_o_plano_municipal_pela_1a_infancia_-_pmpi.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/108/plo_no_005_-_2023_-_aprova_o_plano_municipal_pela_1a_infancia_-_pmpi.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal pela Primeira Infância – PMPI do _x000D_
 Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/110/plo_no_006_-_2023_-_conselho_tutelar_do_municipio.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/110/plo_no_006_-_2023_-_conselho_tutelar_do_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Tutelar do Município de _x000D_
 Vieirópolis e dá outras providências</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/116/plo_n_007_executivo_-sessao_03-03-23.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/116/plo_n_007_executivo_-sessao_03-03-23.pdf</t>
   </si>
   <si>
     <t>Institui a Política municipal “Programa de Busca Ativa _x000D_
 Escolar” e “Programa de Recuperação das Aprendizagens” _x000D_
 para estudantes da educação básica no âmbito do Município _x000D_
 de Vieirópolis/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/117/plo_n008_executivo_-_sessao_03-03-23.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/117/plo_n008_executivo_-_sessao_03-03-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Ordinária Municipal nº _x000D_
 0485, de 05 de novembro de 2019.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/126/plo_no_009_-_2023_-_vencimentos_de_diretores_de_escolas_1.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/126/plo_no_009_-_2023_-_vencimentos_de_diretores_de_escolas_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento dos Diretores Escolares aprovados no Processo Seletivo de que trata a Lei Ordinária n°551, de 13 de setembro de 2022, do Município de Vieirópolis e dá outras providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/133/plo_n__010_-_2023_-_executivo_sisan.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/133/plo_n__010_-_2023_-_executivo_sisan.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Sistema Nacional de Segurança Alimentar e Nutricional - SISAN, do Município de Vieirópolis, do Estado da Paraíba, define os parâmetros pra elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/154/plo_executivo_011.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/154/plo_executivo_011.pdf</t>
   </si>
   <si>
     <t>ESTABELECEM DIRETRIZES E METAS ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/150/plo_n_012_-_2023_-_executivo_adota_e_regulariza_o_valor_do_salario-mpinimo_nacional.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/150/plo_n_012_-_2023_-_executivo_adota_e_regulariza_o_valor_do_salario-mpinimo_nacional.pdf</t>
   </si>
   <si>
     <t>Adota e regulariza o valor do salário-mínimo nacional, a partir do mês de maio do exercício financeiro de 2023 no âmbito do Município de Vieirópolis/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/156/plo_no_013_-_2023_-_altera_nomenclatura_cargos_enfermagem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/156/plo_no_013_-_2023_-_altera_nomenclatura_cargos_enfermagem.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura do cargo denominado Atendente de Enfermagem, do quadro de servidores efetivos do Município de Vieirópolis/PB, para a denominação Auxiliar de Enfermagem, e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/162/plo_n14_.executivo.jpeg.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/162/plo_n14_.executivo.jpeg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito Especial no valor de R$ 70.933,53 (setenta ,il, novecentos e trinta e três reais e cinquenta e três centavos) no orçamente vigente e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/175/autografo_no_025_-_2023_-_autoriza_pagamento_enfermeiros_....._2.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/175/autografo_no_025_-_2023_-_autoriza_pagamento_enfermeiros_....._2.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder parcela de complementação de vencimento aos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem, integrantes do quadro de servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Estima a receita fixa..</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_no_17-2023_-_autoriza_e_aprova_convenios.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_no_17-2023_-_autoriza_e_aprova_convenios.docx</t>
   </si>
   <si>
     <t>Autoriza e aprova a celebração de convênios entre o Poder Executivo municipal e as instituições assistenciais sem fins lucrativos, denominadas “Centro de Amparo à Velhice Jesus Maria José” e “A Casa do Caminho”, e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/199/autografo_no_030_-_2023_-_abre_credito_especial.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/199/autografo_no_030_-_2023_-_abre_credito_especial.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a abertura de Crédito Especial no valor de R$ 101.593,35 (Cento e um mil quinhentos e noventa e três reais e trinta e cinco centavos) no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/200/plo19.0.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/200/plo19.0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização legislativa para a realização de remanejamento, transferência e transposição de dotações orçamentarias constantes da Lei Orçamentaria Anual de 2024.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CLJRESAS - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA, REDAÇÃO, EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pcfoosp_parecer_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2023.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pcfoosp_parecer_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2023.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI ORDINÁRIA Nº 011/2023, QUE ESTABELECE DIRETRIZES E METAS ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pccjrsas_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2022.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pccjrsas_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2022.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI ORDINÁRIA Nº 011/2023, QUE ESTABELECE DIRETRIZES E METAS ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/186/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/186/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx</t>
   </si>
   <si>
     <t>À PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL Nº 001/2023, QUE ALTERA, ACRESCENTA E SUPRIME DIVERSAS DISPOSIÇÕES DA LEI ORGÂNICA DO MUNICÍPIO DE VIEIRÓPOLIS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/188/pccjrsas_no_003_-_2023_-_ao_plo_no_016_-_2020_loa-2024_1.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/188/pccjrsas_no_003_-_2023_-_ao_plo_no_016_-_2020_loa-2024_1.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI ORDINÁRIA Nº 016/2023, QUE ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE VIEIRÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>CFOOS - COMISSÃO DE FINANÇAS, ORÇAMENTOS, OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/189/pcfoosp_no_002_-_2023_-_ao_plo_no_016_-_2023_loa-2024_1.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/189/pcfoosp_no_002_-_2023_-_ao_plo_no_016_-_2023_loa-2024_1.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI ORDINÁRIA Nº 016/2023, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE VIEIRÓPOLIS PARA O EXERCÍCIO FINANCEIRO DE 2024, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/191/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/191/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/194/pccjrsas_no_004_-_2023_-_ao_pres_novo_regimento_interno_1.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/194/pccjrsas_no_004_-_2023_-_ao_pres_novo_regimento_interno_1.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE RESOLUÇÃO Nº 001/2023, QUE INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VIEIRÓPOLIS, E DA OUTRAS PROVIDÊNCIAS, COM A EMENDA MODIFICATIVA A ELE APRESENTADA.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/101/plc_no_001_-_2023_-_altera_a_lcm_no_009_-_2026.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/101/plc_no_001_-_2023_-_altera_a_lcm_no_009_-_2026.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº. 009, de 05 de setembro de 2006, acrescentando ao Capítulo II a Seção XIII, Seção XIV e Seção XV, e dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/142/plc_n_002_-_2023_cria_os_cargos_de_procurador_juridico_e_contador_do_municipio_de_vieiropolis.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/142/plc_n_002_-_2023_cria_os_cargos_de_procurador_juridico_e_contador_do_municipio_de_vieiropolis.pdf</t>
   </si>
   <si>
     <t>Cria no quadro de pessoal efetivo do Poder Executivo do Município de Vieirópolis, os cargos de Procurador Jurídico e Contador e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1778,68 +1778,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/102/plo_no_001_-_2023_-_den_praca_comunidade_sitio_pinhao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/100/plo_no_002_-_2023_-_institui_a_viap.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/95/plo_no_003_-_2023_-_den_rua_na_sede_de_maria_do_scorro_gadelha_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/96/plo_no_004_-_2023_-_den._rua_na_sede_de_walfredo_moreira_da_nobrega.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/97/plo_no_005_-_2023_-_den._rua_na_sede_de_constantino_vieira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/106/plo_no_006_-_2023_-_den._rua_na_sede_de_maria_leonice_de_assis_moreira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/98/plo_no_007_-_2023_-_den._rua_na_sede_de_jose_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/127/plo_no_008_-_2023_-_oficializacao_do_hino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/148/plo_n_009_-_2023_-_legislativo_denomina_rua__da_comunidade_de_cachoeira_dos_alves.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/173/plo_no_010_-_2023_-_den._praca_de_joaquim_xavier_pamplona_-_sitio_riacho_1.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/174/plo_no_011_-_2023_-_den._rua_de_cicero_lourenco_de_meto_certo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/131/plc_n_001-_2023_autoriza_a_criacao_da_estrutura_funcional_administrativa_da_camara_municial_de_vieiropolis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/105/pdl_no_001_-_2023_-_concede_tcv_a_geraldo_dias_filho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/176/pdl_no_002_-_2023_concede_tcv_a_medica_antonio_gomes_abrantes_barbosa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/196/pres_n167_001_-_2023_-_regimento_interno.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/187/proposta_de_emendas_a_lei_organica-5_1.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/192/proposta_de_emendas_a_lei_organica-5_1.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/79/req._no_001_-_2023_-_dp_-_plo_no_001-2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/84/req._no_002_-_2023_-_dp_-_plo_no_003_e_004_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/88/req._no_004_-_2023_-_roco_mato_pb_-_385_e_pb_-_383.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/89/req._no_005_-_2023_-_construcao_lajao_sobre_riacho_da_arara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/93/req._no_006_-_2023_-_dp_-_plo_no_001_-_2023_-_fea.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/90/req._no_007_-_2023_-_recuperacao_lajao_umbura_e_baxio_dos_pereiros_lao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/91/req._no_008_-_2023_-_dp_-_plo_no_002_-_2023_-_plm.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/92/req._no_009_-_2023_-_dp_plc_no_001_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/94/req._no_010_-_2023_-_dp_-_plo_no_003_004_005_006_e_007_-_2023_-_emp_aaon_jga_jljsa_e_lao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/99/req._no_011_-_2023_-_instalacao_abastecimento_de_agua_umburana_de_cima_aaon.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/107/req._no_012_-_2023_-_dp_-_plo_no_005_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/109/req._no_013_-_2023_-_dp_-_plo_no_006_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/111/req._no_014_-_2023_-_dp_-_plo_no_006_-_2023_-_jljsa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/103/req._no_015_-_2023_-_instalacao_posto_de_saude_caicara_fea.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/104/req._no_016_-_2023_-_dp_-_pdl_no_001_-_2023_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/112/req._no_017_-_2023_-_dp_-_plo_no_007_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/113/req._no_018_-_2023_-_dp_-_plo_no_008_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/114/req._n_019_-_2023_plo_n_009_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/115/req._no_020_-_2023_-_recuperacao_estrada_tonheiro_a_cesar_-_fea.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/118/req._no_021_-_2023_-_construcao_lajao_sitio_sao_diogo_-_fea.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/119/req._no_022_-_2023_plo_no_008_-_2023_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/120/req._no_023_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/121/req._no_024_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/122/req._no_025_-_2023_-_colocacao_de_aparelho_dessalinizador_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/123/req._no_026_-_2023_-_construcao_de_praca_umburana_de_baixo_e_cima_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/124/req._no_027_-_2023_-_construcao_de_quadra_de_esportes_umburana_de_cima_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/125/req._no_028_-_2023_-_aquisicao_de_veiculo_estudantes_cajazeiras.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/128/req._no_029_-_2023_-_recuperacao_praca_da_saude.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/129/req._no_030_-_2023_-_construcao_de_passarela_para_caminhada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/130/req._n_031_-_2023_plc_n_001_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/132/req._no_032_-_2023_-_construcao_lajao_riacho_da_arara.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/134/req._no_033_-_2023_-_escoamento_aguas_pluviais_rua_do_olho_dagua.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/135/req._n_034_-_2023_plo_n_010_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/136/req._no_035_-_2023_-_calcamento_sitio_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/137/req._no_036_-_2023_-_destinacao_guardas_municipais_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/138/req._no_037_-_2023_-_instalacao_coletores_lixo_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/139/req._no_038_-_2023_-_reforma_passagens_molhadas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/140/req._n_039_-_2023_plc_n_002_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/141/req._no_040_-_2023_-_aquisicao_veiculos_psfs.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/143/req._no_041_-_2023_-_doacao_terreno_as._pescadores.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/144/req._no_042_-_2023_-_audiencia_publica_-_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/145/req.__n_043_-_2023_plo_n_009_legislativo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/146/req._no_044_-_2023_-_const._campo_futebol_cachoeira_dos_alves.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/147/req._no_045_-_2023_-_asafalto_estrada_vieiropolis_x_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/149/req._n_046_-_2023_plo_n_012_executivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/151/req._no_047_-_2023_-_limpeza_cacimbao_abastece_bonfim.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/155/req._no_048_-_2023_-_dp_plo_no_013_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/161/req._no_049_-_2023_-_instalacao_creche_campo_alegre_-_hrd.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/157/req._n_050_-_2023_solicita_abertura_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/164/req._no_051_-_2023_-_calcamento_umburana_de_cima.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/159/req._no_052_-_2023_-_abastecimento_dagua_bonfim_-_eao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/160/req._no_053_-_2023_-_aterro_e_iluminacao_campo_futebol_pompeia_-_eao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/163/req._no_054_-_2023_-_dp_plo_no_014_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/165/req._no_055_-_2023_-_construcao_de_praca_de_eventos.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/166/req._no_056_-_2023_-_construcao_de_passagem_molha_e_abaluamento_de_estrada.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/167/req._no_057_-_2023_-_retirada_lixo_sangria_acude_henrique_pereira_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/168/req._no_058_-_2023_-_ap_-_eleicao_conselho_tutelar_-_jljsa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/169/req._no_059_-_2023_-_dp_-_plo_no_010_-_2023_-_emp.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/170/req._no_060_-_2023_-_dp_-_pdl_no_002_-_2023_-_lao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/171/req._no_061_-_2023_-_dp_plo_no_015_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/177/req._no_062_-_2023_-_banheiros_e_vestiarios_estadio_municipal_-_emp.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/172/req._no_063_-_2023_-_dp_-_plo_no_011_-_2023_-_emp.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/178/req._no_064_-_2023_-_mocao_de_apoio_adpf_442_-_todos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/179/req._no_065_-_2023_-_reabertura_mercado_publico_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/180/req._no_066_-_2023_-_14o_salario_acs_e_ace_-_fea.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/181/req._no_067_-_2023_-_guard_rail_pb_-_387_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/183/req._no_068_-_2023_-_insalubridade_auxiliares_servicos_gerais_-_fea.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/185/req._no_069_-_2023_-_dp_-_plo_no_017_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/193/req._no_070_-_2023_-_escolinha_de_futebol.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/197/req._no_071_-_2023_-_dp_plo_no_018_e_019_-_2023_-_pem.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/198/req._no_072_-_2023_-_dp_plo_no_019_-_2023_-_pem.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/195/pres_n167_001_-_2023_-_regimento_interno_-_emenda_modificativa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/80/plo_no_001_-_2023_-_regulamenta_salario_minimo_ano_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/85/plo_no_002_-_2023_-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/86/plo_no_003_-_2023_-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/87/plo_no_004_-_2023_-_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/108/plo_no_005_-_2023_-_aprova_o_plano_municipal_pela_1a_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/110/plo_no_006_-_2023_-_conselho_tutelar_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/116/plo_n_007_executivo_-sessao_03-03-23.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/117/plo_n008_executivo_-_sessao_03-03-23.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/126/plo_no_009_-_2023_-_vencimentos_de_diretores_de_escolas_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/133/plo_n__010_-_2023_-_executivo_sisan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/154/plo_executivo_011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/150/plo_n_012_-_2023_-_executivo_adota_e_regulariza_o_valor_do_salario-mpinimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/156/plo_no_013_-_2023_-_altera_nomenclatura_cargos_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/162/plo_n14_.executivo.jpeg.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/175/autografo_no_025_-_2023_-_autoriza_pagamento_enfermeiros_....._2.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_no_17-2023_-_autoriza_e_aprova_convenios.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/199/autografo_no_030_-_2023_-_abre_credito_especial.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/200/plo19.0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pcfoosp_parecer_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2023.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pccjrsas_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2022.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/186/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/188/pccjrsas_no_003_-_2023_-_ao_plo_no_016_-_2020_loa-2024_1.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/189/pcfoosp_no_002_-_2023_-_ao_plo_no_016_-_2023_loa-2024_1.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/191/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/194/pccjrsas_no_004_-_2023_-_ao_pres_novo_regimento_interno_1.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/101/plc_no_001_-_2023_-_altera_a_lcm_no_009_-_2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/142/plc_n_002_-_2023_cria_os_cargos_de_procurador_juridico_e_contador_do_municipio_de_vieiropolis.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/102/plo_no_001_-_2023_-_den_praca_comunidade_sitio_pinhao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/100/plo_no_002_-_2023_-_institui_a_viap.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/95/plo_no_003_-_2023_-_den_rua_na_sede_de_maria_do_scorro_gadelha_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/96/plo_no_004_-_2023_-_den._rua_na_sede_de_walfredo_moreira_da_nobrega.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/97/plo_no_005_-_2023_-_den._rua_na_sede_de_constantino_vieira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/106/plo_no_006_-_2023_-_den._rua_na_sede_de_maria_leonice_de_assis_moreira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/98/plo_no_007_-_2023_-_den._rua_na_sede_de_jose_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/127/plo_no_008_-_2023_-_oficializacao_do_hino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/148/plo_n_009_-_2023_-_legislativo_denomina_rua__da_comunidade_de_cachoeira_dos_alves.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/173/plo_no_010_-_2023_-_den._praca_de_joaquim_xavier_pamplona_-_sitio_riacho_1.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/174/plo_no_011_-_2023_-_den._rua_de_cicero_lourenco_de_meto_certo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/131/plc_n_001-_2023_autoriza_a_criacao_da_estrutura_funcional_administrativa_da_camara_municial_de_vieiropolis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/105/pdl_no_001_-_2023_-_concede_tcv_a_geraldo_dias_filho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/176/pdl_no_002_-_2023_concede_tcv_a_medica_antonio_gomes_abrantes_barbosa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/196/pres_n167_001_-_2023_-_regimento_interno.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/187/proposta_de_emendas_a_lei_organica-5_1.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/192/proposta_de_emendas_a_lei_organica-5_1.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/79/req._no_001_-_2023_-_dp_-_plo_no_001-2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/84/req._no_002_-_2023_-_dp_-_plo_no_003_e_004_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/88/req._no_004_-_2023_-_roco_mato_pb_-_385_e_pb_-_383.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/89/req._no_005_-_2023_-_construcao_lajao_sobre_riacho_da_arara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/93/req._no_006_-_2023_-_dp_-_plo_no_001_-_2023_-_fea.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/90/req._no_007_-_2023_-_recuperacao_lajao_umbura_e_baxio_dos_pereiros_lao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/91/req._no_008_-_2023_-_dp_-_plo_no_002_-_2023_-_plm.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/92/req._no_009_-_2023_-_dp_plc_no_001_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/94/req._no_010_-_2023_-_dp_-_plo_no_003_004_005_006_e_007_-_2023_-_emp_aaon_jga_jljsa_e_lao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/99/req._no_011_-_2023_-_instalacao_abastecimento_de_agua_umburana_de_cima_aaon.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/107/req._no_012_-_2023_-_dp_-_plo_no_005_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/109/req._no_013_-_2023_-_dp_-_plo_no_006_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/111/req._no_014_-_2023_-_dp_-_plo_no_006_-_2023_-_jljsa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/103/req._no_015_-_2023_-_instalacao_posto_de_saude_caicara_fea.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/104/req._no_016_-_2023_-_dp_-_pdl_no_001_-_2023_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/112/req._no_017_-_2023_-_dp_-_plo_no_007_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/113/req._no_018_-_2023_-_dp_-_plo_no_008_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/114/req._n_019_-_2023_plo_n_009_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/115/req._no_020_-_2023_-_recuperacao_estrada_tonheiro_a_cesar_-_fea.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/118/req._no_021_-_2023_-_construcao_lajao_sitio_sao_diogo_-_fea.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/119/req._no_022_-_2023_plo_no_008_-_2023_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/120/req._no_023_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/121/req._no_024_-_2023_-_recuperacao_manutencao_e_roco_estrada_manoel_gadelha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/122/req._no_025_-_2023_-_colocacao_de_aparelho_dessalinizador_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/123/req._no_026_-_2023_-_construcao_de_praca_umburana_de_baixo_e_cima_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/124/req._no_027_-_2023_-_construcao_de_quadra_de_esportes_umburana_de_cima_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/125/req._no_028_-_2023_-_aquisicao_de_veiculo_estudantes_cajazeiras.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/128/req._no_029_-_2023_-_recuperacao_praca_da_saude.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/129/req._no_030_-_2023_-_construcao_de_passarela_para_caminhada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/130/req._n_031_-_2023_plc_n_001_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/132/req._no_032_-_2023_-_construcao_lajao_riacho_da_arara.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/134/req._no_033_-_2023_-_escoamento_aguas_pluviais_rua_do_olho_dagua.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/135/req._n_034_-_2023_plo_n_010_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/136/req._no_035_-_2023_-_calcamento_sitio_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/137/req._no_036_-_2023_-_destinacao_guardas_municipais_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/138/req._no_037_-_2023_-_instalacao_coletores_lixo_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/139/req._no_038_-_2023_-_reforma_passagens_molhadas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/140/req._n_039_-_2023_plc_n_002_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/141/req._no_040_-_2023_-_aquisicao_veiculos_psfs.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/143/req._no_041_-_2023_-_doacao_terreno_as._pescadores.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/144/req._no_042_-_2023_-_audiencia_publica_-_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/145/req.__n_043_-_2023_plo_n_009_legislativo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/146/req._no_044_-_2023_-_const._campo_futebol_cachoeira_dos_alves.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/147/req._no_045_-_2023_-_asafalto_estrada_vieiropolis_x_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/149/req._n_046_-_2023_plo_n_012_executivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/151/req._no_047_-_2023_-_limpeza_cacimbao_abastece_bonfim.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/155/req._no_048_-_2023_-_dp_plo_no_013_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/161/req._no_049_-_2023_-_instalacao_creche_campo_alegre_-_hrd.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/157/req._n_050_-_2023_solicita_abertura_de_estrada.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/164/req._no_051_-_2023_-_calcamento_umburana_de_cima.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/159/req._no_052_-_2023_-_abastecimento_dagua_bonfim_-_eao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/160/req._no_053_-_2023_-_aterro_e_iluminacao_campo_futebol_pompeia_-_eao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/163/req._no_054_-_2023_-_dp_plo_no_014_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/165/req._no_055_-_2023_-_construcao_de_praca_de_eventos.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/166/req._no_056_-_2023_-_construcao_de_passagem_molha_e_abaluamento_de_estrada.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/167/req._no_057_-_2023_-_retirada_lixo_sangria_acude_henrique_pereira_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/168/req._no_058_-_2023_-_ap_-_eleicao_conselho_tutelar_-_jljsa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/169/req._no_059_-_2023_-_dp_-_plo_no_010_-_2023_-_emp.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/170/req._no_060_-_2023_-_dp_-_pdl_no_002_-_2023_-_lao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/171/req._no_061_-_2023_-_dp_plo_no_015_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/177/req._no_062_-_2023_-_banheiros_e_vestiarios_estadio_municipal_-_emp.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/172/req._no_063_-_2023_-_dp_-_plo_no_011_-_2023_-_emp.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/178/req._no_064_-_2023_-_mocao_de_apoio_adpf_442_-_todos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/179/req._no_065_-_2023_-_reabertura_mercado_publico_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/180/req._no_066_-_2023_-_14o_salario_acs_e_ace_-_fea.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/181/req._no_067_-_2023_-_guard_rail_pb_-_387_-_aaon.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/183/req._no_068_-_2023_-_insalubridade_auxiliares_servicos_gerais_-_fea.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/185/req._no_069_-_2023_-_dp_-_plo_no_017_-_2023_-_pem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/193/req._no_070_-_2023_-_escolinha_de_futebol.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/197/req._no_071_-_2023_-_dp_plo_no_018_e_019_-_2023_-_pem.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/198/req._no_072_-_2023_-_dp_plo_no_019_-_2023_-_pem.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/195/pres_n167_001_-_2023_-_regimento_interno_-_emenda_modificativa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/80/plo_no_001_-_2023_-_regulamenta_salario_minimo_ano_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/85/plo_no_002_-_2023_-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/86/plo_no_003_-_2023_-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/87/plo_no_004_-_2023_-_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/108/plo_no_005_-_2023_-_aprova_o_plano_municipal_pela_1a_infancia_-_pmpi.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/110/plo_no_006_-_2023_-_conselho_tutelar_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/116/plo_n_007_executivo_-sessao_03-03-23.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/117/plo_n008_executivo_-_sessao_03-03-23.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/126/plo_no_009_-_2023_-_vencimentos_de_diretores_de_escolas_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/133/plo_n__010_-_2023_-_executivo_sisan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/154/plo_executivo_011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/150/plo_n_012_-_2023_-_executivo_adota_e_regulariza_o_valor_do_salario-mpinimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/156/plo_no_013_-_2023_-_altera_nomenclatura_cargos_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/162/plo_n14_.executivo.jpeg.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/175/autografo_no_025_-_2023_-_autoriza_pagamento_enfermeiros_....._2.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_no_17-2023_-_autoriza_e_aprova_convenios.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/199/autografo_no_030_-_2023_-_abre_credito_especial.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/200/plo19.0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pcfoosp_parecer_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2023.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pccjrsas_no_001_-_2023_-_ao_plo_no_011_-_2023_ldo-2022.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/186/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/188/pccjrsas_no_003_-_2023_-_ao_plo_no_016_-_2020_loa-2024_1.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/189/pcfoosp_no_002_-_2023_-_ao_plo_no_016_-_2023_loa-2024_1.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/191/pccjrsas_no_002_-_2023_-_a_pelo_no_001_-_2023_-_plm.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/194/pccjrsas_no_004_-_2023_-_ao_pres_novo_regimento_interno_1.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/101/plc_no_001_-_2023_-_altera_a_lcm_no_009_-_2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2023/142/plc_n_002_-_2023_cria_os_cargos_de_procurador_juridico_e_contador_do_municipio_de_vieiropolis.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="88.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="176.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>