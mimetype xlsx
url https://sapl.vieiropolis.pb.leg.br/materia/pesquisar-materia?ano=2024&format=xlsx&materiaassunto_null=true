--- v0 (2025-12-10)
+++ v1 (2026-03-14)
@@ -51,63 +51,63 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/223/plo_no_001_-_2024_-_viap.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/223/plo_no_001_-_2024_-_viap.doc</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária Municipal nº 563, de 24 de fevereiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina UBS, da comunidade de Caiçara dos Gabrieis, zona rural do Município de Vieirópolis e dá outras providências</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a abertura de Crédito Especial no valor de R$. 55.000,00, para atender despesas não prevista no orçamento vigente.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários do Município de Vieirópolis/PB, para o quadriênio 2025/2028 e dá outras providências.</t>
   </si>
@@ -162,249 +162,249 @@
   <si>
     <t>14</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIPLOMA “ALUNO NOTA DEZ” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROJETO COLÔNIA DE FÉRIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/213/plc_no_001_-_2024_-_regulamenta_cargos_lei_federal_14.133_-_2021.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/213/plc_no_001_-_2024_-_regulamenta_cargos_lei_federal_14.133_-_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regulamentação dos cargos públicos relativos aos agentes públicos indicados na Lei Federal n.º 14.133, de 1º de abril de 2021, e adota outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFOOS - COMISSÃO DE FINANÇAS, ORÇAMENTOS, OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/227/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/227/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção do Parecer PPL TC nº 00171/2023, do Egrégio Tribunal de Contas do Estado da Paraíba, e dá outras providências</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Vieiropolense ao Senhor Francisco Reginaldo da Silva e adota outras providências</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Neto de Santa</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/221/pres._no_001_-_2024_-_atualiza_diarias.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/221/pres._no_001_-_2024_-_atualiza_diarias.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de diárias para O Presidente, Vereadores, funcionários efetivos e/ou comissionados da Câmara Municipal de Vieirópolis e adota outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>Mazinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/201/req._no_001_-_2024_-_sinalizacao_eletronica_pardal-contorno_pb-385.pdf</t>
+    <t>MAZINHO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/201/req._no_001_-_2024_-_sinalizacao_eletronica_pardal-contorno_pb-385.pdf</t>
   </si>
   <si>
     <t>JULIMAR GADELHA DE ANDRADE (Mazinho), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Governador, João Azevedo Filho, bem como ao Deputado Estadual, Júnior Araújo, e ainda, ao Superintendente do Departamento de Estradas e Rodagem da Paraíba, Carlos Pereira de Carvalho e Silva, solicitando que seja implantada, com a maior brevidade possível, sinalização eletrônica, tipo “pardal” no contorno da PB/385 – Mauro Abrantes Sobrinho, que dá acesso a PB/383 – José Júlio Gonçalves que liga referido contorno a Sede do Município de Vieirópolis, ambas localizadas no alto Sertão Paraibano.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>Tico de Neco</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/202/req._no_002_-_2024_-_construcao_lajao_sitio_sao_diogo_-_fea.doc</t>
+    <t>TICO DE NECO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/202/req._no_002_-_2024_-_construcao_lajao_sitio_sao_diogo_-_fea.doc</t>
   </si>
   <si>
     <t>FRANCISCO EMÍDIO DE ABRANTES (Tico de Neco), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja construída dois lajões na estrada carroçável que liga os município de Vieirópolis/Sousa/Uiraúna, sendo um nas imediações de José Emídio Moreira, tendo como referência as residências do Vereador Tico de Neco e do Senhor Correia, e o outro sobre o conhecido Riacho de José Pequeno.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/203/req._no_003_-_2024_-_dp_-_plo_no_001_002_003_004_e_005_-_2024_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/203/req._no_003_-_2024_-_dp_-_plo_no_001_002_003_004_e_005_-_2024_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para os projetos de Leis Ordinárias, abaixo-relacionados, e dado a urgência dos mesmos, sejam discutidos e votados nesta sessão.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/215/req._no_004_-_2024_-_dp_-_plc_no_001_-_2024_-_mcmv.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/215/req._no_004_-_2024_-_dp_-_plc_no_001_-_2024_-_mcmv.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para o projeto de Lei Complementar, abaixo-relacionado, e dado a urgência do mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/216/req._no_005_-_2024_-_dp_-_plc_no_001_-_2024_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/216/req._no_005_-_2024_-_dp_-_plc_no_001_-_2024_-_pem.pdf</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/217/req._no_006_-_2024_-_dp_-_plo_no_006_-_2024_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/217/req._no_006_-_2024_-_dp_-_plo_no_006_-_2024_-_pem.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para o projeto de Lei Ordinária, abaixo-relacionado, e dado a urgência do mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>Lidiana de Diogenio</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/218/req._no_007_-_2024_-_lajao_carretao_dos_juvenais.docx</t>
+    <t>LIDIANA</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/218/req._no_007_-_2024_-_lajao_carretao_dos_juvenais.docx</t>
   </si>
   <si>
     <t>JOSEFA LIDIANA JUVENAL DA SILVA ANDRADE, Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito José Célio Aristóteles, solicitando que seja construído um LAJÃO na estrada que dá acesso a comunidade do Carretão dos Juvenais, mais precisamente depois da residência do Senhor Valdemar.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Rolinha</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/219/req._no_008_-_2024_-_calcamento_rua_francisco_ribeiro_de_sousa_-_eao.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/219/req._no_008_-_2024_-_calcamento_rua_francisco_ribeiro_de_sousa_-_eao.doc</t>
   </si>
   <si>
     <t>EDINALDO ANTUNES DE OLIVEIRA (Rolinha), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja realizada a pavimentação/calçamento do Rua Francisco Ribeiro de Sousa, localizada nesta cidade.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/220/req._no_009_-_2024_-_pres_no_009_-_2024_-_aaon.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/220/req._no_009_-_2024_-_pres_no_009_-_2024_-_aaon.docx</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para o projeto de Resolução, abaixo-relacionado, e dado a urgência do mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/222/req._no_010_-_2024_-_plo_no_001_-_2024_-_plm.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/222/req._no_010_-_2024_-_plo_no_001_-_2024_-_plm.docx</t>
   </si>
   <si>
     <t>Os Vereadores, intra-assinados, todos com assentos na Câmara Municipal de Vieirópolis, vêm na forma do art. 188, Inciso II, do Regimento Interno, solicitar que depois de ouvido o Plenário, e se aprovado, sejam respectivamente, concedida urgência especial e dispensa de pareceres para o projeto de lei ordinária, abaixo-relacionado, e dado a urgência do mesmo, seja discutido e votado nesta sessão.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/225/req._no_011_-_2024_-_animais_na_pista_-_fea.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/225/req._no_011_-_2024_-_animais_na_pista_-_fea.doc</t>
   </si>
   <si>
     <t>FRANCISCO EMÍDIO DE ABRANTES (Tico de Neco), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Governador, João Azevedo, bem como ao Superintendente do DER, Carlos Pereira e ao Prefeito, José Célio Aristóteles, solicitando que seja tomado providências quanto aos animais soltos nas PB/385 – Mauro Abrantes Sobrinho, que liga o Município de Sousa ao Lastro e a PB/383 – José Júlio Gonçalves que liga o contorno da a PB/385 a Sede do Município de Vieirópolis, ambas localizadas no alto Sertão.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/224/req._no_012_-_2024_-_reajuste_salarial.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/224/req._no_012_-_2024_-_reajuste_salarial.doc</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO (Neto Oliveira), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que encaminhe à Câmara Projeto de Lei, propondo reajuste salarial para os Conselheiros Tutelares do Conselho Tutelar do Município de Vieirópolis.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Luzia Selvizo</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/228/req._no_013_-_2024_-_contratacao_de_um_fisiotarepeuta_-_lao.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/228/req._no_013_-_2024_-_contratacao_de_um_fisiotarepeuta_-_lao.doc</t>
   </si>
   <si>
     <t>LUZIA ANDRADE DE OLIVEIRA, Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando empenho no sentido de que seja contratado um Fisioterapeuta para atender a grande demanda de pacientes que precisam dos cuidados de um profissional dessa área, ora existente.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/230/req._no_014_-_2024_-_audiencia_publica_-_aaon.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/230/req._no_014_-_2024_-_audiencia_publica_-_aaon.doc</t>
   </si>
   <si>
     <t>ANTÔNIO ADELINO DE OLIVEIRA NETO (Neto Oliveira), Vereador com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja marcada uma Audiência Pública para o dia 12 de abril de 2024, a partir das 17h, alusiva ao Dia do Autista, ocasião eu que além de reverenciarmos as crianças Autistas, buscarmos soluções para enfrentamento desde grave problema social que atingem inúmeras famílias da nossa cidade.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>requerer que depois de ouvido o Plenário seja encaminhada uma moção de aplausos par o 2º Sargento, Luiz Cleron Rodrigues de Araújo pelo o ato de bravura que o mesmo praticou no final do ano passado, quando por iniciativa própria, frustrou a tentativa de assalto que estava sendo praticada por maus elementos ao Mercado Lopes, aqui na cidade de Vieirópolis.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>JOSEFA LIDIANA JUVENAL DA SILVA ANDRADE, Vereadora com assento junto ao Poder Legislativo Vieiropolense, vem, na forma regimental, requerer que depois de ouvido o Plenário seja encaminhado ofício ao Prefeito, José Célio Aristóteles, solicitando que seja realizado um calçamento, com uma passarela para fazer caminhada, na comunidade de Cachoeira de Baixo, no trecho que inicia na residência do Senhor Alves e segue até a Cachoeirinha.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>17</t>
   </si>
@@ -585,135 +585,135 @@
   <si>
     <t>279</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>solicitando empenho no sentido de destinar recursos à perfuração e instalação de um artesiano na comunidade do Sítio São Diogo, Zona Rural do Município de Vieirópolis, mais especificamente nas imediações da Escola Municipal José Alves de Sousa, próximo a residência Gilvan Barbosa de ASSIS</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>solicitando empenho no sentido de que seja instalado uma ramal/tubulação para levar água da canalização que leva água do açude da Capivara para a cidade do Lastro, para abastecer as comunidade de Umburana de Cima, Umburana de Baixo e região circunvizinha, localizadas no Município de Vieirópolis, Paraíba.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no_01-2024_-_salario_minimo_2024.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no_01-2024_-_salario_minimo_2024.docx</t>
   </si>
   <si>
     <t>Adota e regulariza o valor do salário-mínimo nacional para o exercício financeiro de 2024 no âmbito do Município de Vieirópolis/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no_02-2024_-_atualiza_o_piso_salarial_do_magisterio_2024.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no_02-2024_-_atualiza_o_piso_salarial_do_magisterio_2024.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do piso salarial dos profissionais do magistério público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no_03-2024_-_altera_o_vencimento-base_dos_regentes_de_ensino.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no_03-2024_-_altera_o_vencimento-base_dos_regentes_de_ensino.docx</t>
   </si>
   <si>
     <t>Altera o vencimento-base dos servidores públicos ocupantes do cargo efetivo de Regente de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no_04-2024_-_piso_da_enfermagem.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no_04-2024_-_piso_da_enfermagem.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder parcela de complementação de vencimento aos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem, integrantes do quadro de servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no_05-2024_-_credito_especial_piso_enfermagem_2024.doc</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no_05-2024_-_credito_especial_piso_enfermagem_2024.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a abertura de Crédito Especial no valor de R$ 535.000,00 (Quinhentos e trinta e cinco mil reais) no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/210/plo_no_006_-_2024_-_abre_credito_r._45.00000.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/210/plo_no_006_-_2024_-_abre_credito_r._45.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a abertura de Crédito Especial no valor de R$ 45.000,00 (Quarenta e cinco mil reais) no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial no valor de R$. 55.000,00, para atender despesas não previstas no orçamento vigente.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>APROVA A ALTERAÇÃO DO NOME E A INSERÇÃO DA ÁREA DE SAÚDE DENTRE AS FINALIDADES DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL E INOVAÇÃO DO ESTADO DA PARAÍBA–CONDESPB</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Inspeção Sanitária e Industrial de Produtos de Origem Animal no Município de Vieirópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do municipio de vieiropolis, para o exercicio de 2025 e da outras providencias</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/226/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/226/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx</t>
   </si>
   <si>
     <t>Prestação de contas do Prefeito do Município de Vieirópolis, José Célio Aristóteles, Exercício Financeiro de 2021. Emissão de Parecer favorável à aprovação das contas pelo Egrégio Tribunal de Contas da Paraíba. Manutenção.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>CLJRESAS - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA, REDAÇÃO, EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>PARECER Nº 002/2024:_x000D_
 _x000D_
 Ao Projeto de Lei Ordinária nº 008/2024, que dispõe sobre autorização para a abertura de Crédito Especial no valor de R$. 55.000,00, (cinquenta e cinco mil reais), e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>PARECER nº 003/2024:_x000D_
 Ao Projeto de Lei Ordinária nº 008/2024, que dispõe sobre autorização para a abertura de Crédito Especial no valor de R$. 55.000,00, (cinquenta e cinco mil reais), e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
@@ -735,51 +735,51 @@
   <si>
     <t>266</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Ordinária nº 013/2024, que estima a Receita e Fixa a Despesa do Município de Vieirópolis para o Exercício Financeiro de 2025, e adota outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/214/plc_no_001_-_2024_-_regulamenta_cargos_da_lei_federal_14.133_-_2021.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/214/plc_no_001_-_2024_-_regulamenta_cargos_da_lei_federal_14.133_-_2021.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1083,68 +1083,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/223/plo_no_001_-_2024_-_viap.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/213/plc_no_001_-_2024_-_regulamenta_cargos_lei_federal_14.133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/227/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/221/pres._no_001_-_2024_-_atualiza_diarias.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/201/req._no_001_-_2024_-_sinalizacao_eletronica_pardal-contorno_pb-385.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/202/req._no_002_-_2024_-_construcao_lajao_sitio_sao_diogo_-_fea.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/203/req._no_003_-_2024_-_dp_-_plo_no_001_002_003_004_e_005_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/215/req._no_004_-_2024_-_dp_-_plc_no_001_-_2024_-_mcmv.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/216/req._no_005_-_2024_-_dp_-_plc_no_001_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/217/req._no_006_-_2024_-_dp_-_plo_no_006_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/218/req._no_007_-_2024_-_lajao_carretao_dos_juvenais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/219/req._no_008_-_2024_-_calcamento_rua_francisco_ribeiro_de_sousa_-_eao.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/220/req._no_009_-_2024_-_pres_no_009_-_2024_-_aaon.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/222/req._no_010_-_2024_-_plo_no_001_-_2024_-_plm.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/225/req._no_011_-_2024_-_animais_na_pista_-_fea.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/224/req._no_012_-_2024_-_reajuste_salarial.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/228/req._no_013_-_2024_-_contratacao_de_um_fisiotarepeuta_-_lao.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/230/req._no_014_-_2024_-_audiencia_publica_-_aaon.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no_01-2024_-_salario_minimo_2024.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no_02-2024_-_atualiza_o_piso_salarial_do_magisterio_2024.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no_03-2024_-_altera_o_vencimento-base_dos_regentes_de_ensino.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no_04-2024_-_piso_da_enfermagem.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no_05-2024_-_credito_especial_piso_enfermagem_2024.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/210/plo_no_006_-_2024_-_abre_credito_r._45.00000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/226/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/214/plc_no_001_-_2024_-_regulamenta_cargos_da_lei_federal_14.133_-_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/223/plo_no_001_-_2024_-_viap.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/213/plc_no_001_-_2024_-_regulamenta_cargos_lei_federal_14.133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/227/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/221/pres._no_001_-_2024_-_atualiza_diarias.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/201/req._no_001_-_2024_-_sinalizacao_eletronica_pardal-contorno_pb-385.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/202/req._no_002_-_2024_-_construcao_lajao_sitio_sao_diogo_-_fea.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/203/req._no_003_-_2024_-_dp_-_plo_no_001_002_003_004_e_005_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/215/req._no_004_-_2024_-_dp_-_plc_no_001_-_2024_-_mcmv.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/216/req._no_005_-_2024_-_dp_-_plc_no_001_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/217/req._no_006_-_2024_-_dp_-_plo_no_006_-_2024_-_pem.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/218/req._no_007_-_2024_-_lajao_carretao_dos_juvenais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/219/req._no_008_-_2024_-_calcamento_rua_francisco_ribeiro_de_sousa_-_eao.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/220/req._no_009_-_2024_-_pres_no_009_-_2024_-_aaon.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/222/req._no_010_-_2024_-_plo_no_001_-_2024_-_plm.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/225/req._no_011_-_2024_-_animais_na_pista_-_fea.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/224/req._no_012_-_2024_-_reajuste_salarial.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/228/req._no_013_-_2024_-_contratacao_de_um_fisiotarepeuta_-_lao.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/230/req._no_014_-_2024_-_audiencia_publica_-_aaon.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no_01-2024_-_salario_minimo_2024.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no_02-2024_-_atualiza_o_piso_salarial_do_magisterio_2024.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no_03-2024_-_altera_o_vencimento-base_dos_regentes_de_ensino.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no_04-2024_-_piso_da_enfermagem.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no_05-2024_-_credito_especial_piso_enfermagem_2024.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/210/plo_no_006_-_2024_-_abre_credito_r._45.00000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/226/pcfoosp_no_001_-_2024_-_ao_processo_no_03768-23_-_parecer_ppl_-_tc_00171-2023_contas_2021.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2024/214/plc_no_001_-_2024_-_regulamenta_cargos_da_lei_federal_14.133_-_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="88.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="164.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>