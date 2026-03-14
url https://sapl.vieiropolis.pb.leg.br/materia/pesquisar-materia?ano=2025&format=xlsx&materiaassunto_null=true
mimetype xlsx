--- v0 (2026-01-26)
+++ v1 (2026-03-14)
@@ -10,619 +10,634 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="190">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/316/pdl_no_001_-_2025_-_aprova_contas_municipio_2022.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/316/pdl_no_001_-_2025_-_aprova_contas_municipio_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manutenção do Parecer PPL TC n°_x000D_
 00070/2025, do Egrégio Tribunal de Contas do_x000D_
 Estado da Paraíba, e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>FABINHO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/323/pres._no_002_-_2025_-_cria_o_jornal_do_municipio.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/323/pres._no_002_-_2025_-_cria_o_jornal_do_municipio.pdf</t>
   </si>
   <si>
     <t>CRIA O JORNAL OFICIAL DO PODER_x000D_
 LEGISLATIVO DO MUNICÍPIO DE_x000D_
 VIEIRÓPOLIS, NA FORMA QUE ESPECIFICA,_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/324/pres._no_003_-_2025_-_obriga_uso_de_blazer_nas_sessoes.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/324/pres._no_003_-_2025_-_obriga_uso_de_blazer_nas_sessoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso de_x000D_
 blazer (ou equivalente) pelos Vereadores nas_x000D_
 Sessões da Câmara Municipal de Vieirópolis.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Concessão de urgência especial e despensa de pareceres para o Projeto de Lei Complementar 001/2025 de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/285/req._no_002_-_2025_-_dp_-_plos_no_001_002_003_e_004_-_2025_-_pem.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/285/req._no_002_-_2025_-_dp_-_plos_no_001_002_003_e_004_-_2025_-_pem.pdf</t>
   </si>
   <si>
     <t>Requerimento nº2.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/286/req._no_003_-_2025_-_dp_-_plo_no_001_-_2025_-_fda.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/286/req._no_003_-_2025_-_dp_-_plo_no_001_-_2025_-_fda.pdf</t>
   </si>
   <si>
     <t>Requerimento nº3.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/287/req._no_004_-_2025_-_dp_-_plo_no_002_-_2025_-_fda.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/287/req._no_004_-_2025_-_dp_-_plo_no_002_-_2025_-_fda.pdf</t>
   </si>
   <si>
     <t>Requerimento nº4.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/288/req._no_005_-_2025_-_doacao_area_de_terras_a_emater.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/288/req._no_005_-_2025_-_doacao_area_de_terras_a_emater.pdf</t>
   </si>
   <si>
     <t>Requerimento nº5.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/289/req._no_006_-_2025_-_celebracao_de_acordo_com_ifpb.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/289/req._no_006_-_2025_-_celebracao_de_acordo_com_ifpb.pdf</t>
   </si>
   <si>
     <t>Requerimento nº6.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Tico de Neco</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/290/req._no_008_-_2025_-_coleta_lixo_caicara_e_sao_diogo.pdf</t>
+    <t>TICO DE NECO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/290/req._no_008_-_2025_-_coleta_lixo_caicara_e_sao_diogo.pdf</t>
   </si>
   <si>
     <t>Requerimento nº8.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/291/req._no_009_-_2025_-_calcamento_sitio_piao.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/291/req._no_009_-_2025_-_calcamento_sitio_piao.pdf</t>
   </si>
   <si>
     <t>Requerimento nº9.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/292/req._no_010_-_2025_-_complementacao_calcamento_bonfim.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/292/req._no_010_-_2025_-_complementacao_calcamento_bonfim.pdf</t>
   </si>
   <si>
     <t>Requerimento nº10.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/293/req._no_011_-_2025_-_dp_-_pres._no_001_-_2025_-_altera_horario_das_sessoes_ordinarias.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/293/req._no_011_-_2025_-_dp_-_pres._no_001_-_2025_-_altera_horario_das_sessoes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Requerimento nº11</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/294/req._no_012_-_2025_-_dp_-_pea_no_001_-_2025_ao_plo_no_002_-_2025_-_fda.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/294/req._no_012_-_2025_-_dp_-_pea_no_001_-_2025_ao_plo_no_002_-_2025_-_fda.pdf</t>
   </si>
   <si>
     <t>Requerimento nº12</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>JUCELIO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/295/req._no_013_-_2025_-_pagamento_piso_salaria_dos_dentistas.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/295/req._no_013_-_2025_-_pagamento_piso_salaria_dos_dentistas.pdf</t>
   </si>
   <si>
     <t>Requerimento nº13.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/296/req._no_014_-_2025_-_recursos_melhories_campo_de_futebol.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/296/req._no_014_-_2025_-_recursos_melhories_campo_de_futebol.pdf</t>
   </si>
   <si>
     <t>Requerimento nº14</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>AUDA DE SEVERINO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/297/req._no_015_-_2025_-_aumento_salubridade_motoristas_da_saude.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/297/req._no_015_-_2025_-_aumento_salubridade_motoristas_da_saude.pdf</t>
   </si>
   <si>
     <t>Requerimento nº15</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/298/req._no_016_-_2025_-_reforma_tubulacao_abastecimento_caicara.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/298/req._no_016_-_2025_-_reforma_tubulacao_abastecimento_caicara.pdf</t>
   </si>
   <si>
     <t>Requerimento nº16</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/299/req._no_018_-_2025_-_redutores_velocidade_sitio_bonfim.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/299/req._no_018_-_2025_-_redutores_velocidade_sitio_bonfim.pdf</t>
   </si>
   <si>
     <t>Requerimento nº18</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/300/req._no_019_-_2025_-_construcao_de_lajao_sitio_sao_diogo.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/300/req._no_019_-_2025_-_construcao_de_lajao_sitio_sao_diogo.pdf</t>
   </si>
   <si>
     <t>Requerimento nº19</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/301/req._no_020_-_2025_-_calcamento_reforma_e_construcao_de_lajao_caicara.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/301/req._no_020_-_2025_-_calcamento_reforma_e_construcao_de_lajao_caicara.pdf</t>
   </si>
   <si>
     <t>Requerimento nº20</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/302/req._no_021_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/302/req._no_021_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº21</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/303/req._no_022_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/303/req._no_022_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº22</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/304/req._no_023_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/304/req._no_023_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº23</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req._no_024_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req._no_024_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº24</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req._no_025_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req._no_025_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº25</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req._no_026_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req._no_026_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº26</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>Mazinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/308/req._no_027_-_2025_-.pdf</t>
+    <t>MAZINHO</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/308/req._no_027_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº27</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req._no_028_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req._no_028_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº28</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req._no_029_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req._no_029_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº29</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req._no_030_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req._no_030_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento 30.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req._no_031_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req._no_031_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº31</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>MARIVALDO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/313/req._no_032_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/313/req._no_032_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº32</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/314/req._no_033_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/314/req._no_033_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº33</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/315/req._no_034_-_2025_-.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/315/req._no_034_-_2025_-.pdf</t>
   </si>
   <si>
     <t>Requerimento nº34.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/318/req._no_103_-_2025_-_jucelio_-_posto_casa_cidadania.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/318/req._no_103_-_2025_-_jucelio_-_posto_casa_cidadania.pdf</t>
   </si>
   <si>
     <t>REQ. 103/2025</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>Lidiana de Diogenio</t>
-[...2 lines deleted...]
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/319/req._no_104_-_2025_-_lidiana_-_programa_habilitacao_social.pdf</t>
+    <t>LIDIANA</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/319/req._no_104_-_2025_-_lidiana_-_programa_habilitacao_social.pdf</t>
   </si>
   <si>
     <t>REQ. 104</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/320/req._no_105_-_2025_-_fabio_-_colocacao_de_agua_no_morro.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/320/req._no_105_-_2025_-_fabio_-_colocacao_de_agua_no_morro.pdf</t>
   </si>
   <si>
     <t>REQ. 105</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/321/req._no_106_-_2025_-_tico_-_instalacao_de_adultora.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/321/req._no_106_-_2025_-_tico_-_instalacao_de_adultora.pdf</t>
   </si>
   <si>
     <t>REQ. 106</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/322/req._no_109_-_2025_-_fabio_-_colocacao_placas_indicativas_pontos_turisticos.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/322/req._no_109_-_2025_-_fabio_-_colocacao_placas_indicativas_pontos_turisticos.pdf</t>
   </si>
   <si>
     <t>REQ. 109</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/317/plo_no_027_-_2025_-_autoriza_celebrar_convenio.pdf</t>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/317/plo_no_027_-_2025_-_autoriza_celebrar_convenio.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A CELEBRAR CONVÊNIO COM A_x000D_
 FUNDAÇÃO PEDRO AMÉRICO, ENTIDADE_x000D_
 FILANTRÓPICA SEM FINS LUCRATIVOS,_x000D_
 PARA A PRESTAÇÃO DE SERVIÇOS DE_x000D_
 SAÚDE COMPLEMENTARES AO SISTEMA_x000D_
 ÚNICO DE SAÚDE — SUS, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/325/ata_da_17a_so_do_2o_po_1a_sl_8a_leg.-_29.11.2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA 17</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -926,68 +941,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/316/pdl_no_001_-_2025_-_aprova_contas_municipio_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/323/pres._no_002_-_2025_-_cria_o_jornal_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/324/pres._no_003_-_2025_-_obriga_uso_de_blazer_nas_sessoes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/285/req._no_002_-_2025_-_dp_-_plos_no_001_002_003_e_004_-_2025_-_pem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/286/req._no_003_-_2025_-_dp_-_plo_no_001_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/287/req._no_004_-_2025_-_dp_-_plo_no_002_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/288/req._no_005_-_2025_-_doacao_area_de_terras_a_emater.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/289/req._no_006_-_2025_-_celebracao_de_acordo_com_ifpb.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/290/req._no_008_-_2025_-_coleta_lixo_caicara_e_sao_diogo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/291/req._no_009_-_2025_-_calcamento_sitio_piao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/292/req._no_010_-_2025_-_complementacao_calcamento_bonfim.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/293/req._no_011_-_2025_-_dp_-_pres._no_001_-_2025_-_altera_horario_das_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/294/req._no_012_-_2025_-_dp_-_pea_no_001_-_2025_ao_plo_no_002_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/295/req._no_013_-_2025_-_pagamento_piso_salaria_dos_dentistas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/296/req._no_014_-_2025_-_recursos_melhories_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/297/req._no_015_-_2025_-_aumento_salubridade_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/298/req._no_016_-_2025_-_reforma_tubulacao_abastecimento_caicara.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/299/req._no_018_-_2025_-_redutores_velocidade_sitio_bonfim.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/300/req._no_019_-_2025_-_construcao_de_lajao_sitio_sao_diogo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/301/req._no_020_-_2025_-_calcamento_reforma_e_construcao_de_lajao_caicara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/302/req._no_021_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/303/req._no_022_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/304/req._no_023_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req._no_024_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req._no_025_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req._no_026_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/308/req._no_027_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req._no_028_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req._no_029_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req._no_030_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req._no_031_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/313/req._no_032_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/314/req._no_033_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/315/req._no_034_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/318/req._no_103_-_2025_-_jucelio_-_posto_casa_cidadania.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/319/req._no_104_-_2025_-_lidiana_-_programa_habilitacao_social.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/320/req._no_105_-_2025_-_fabio_-_colocacao_de_agua_no_morro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/321/req._no_106_-_2025_-_tico_-_instalacao_de_adultora.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/322/req._no_109_-_2025_-_fabio_-_colocacao_placas_indicativas_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/317/plo_no_027_-_2025_-_autoriza_celebrar_convenio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/316/pdl_no_001_-_2025_-_aprova_contas_municipio_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/323/pres._no_002_-_2025_-_cria_o_jornal_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/324/pres._no_003_-_2025_-_obriga_uso_de_blazer_nas_sessoes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/285/req._no_002_-_2025_-_dp_-_plos_no_001_002_003_e_004_-_2025_-_pem.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/286/req._no_003_-_2025_-_dp_-_plo_no_001_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/287/req._no_004_-_2025_-_dp_-_plo_no_002_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/288/req._no_005_-_2025_-_doacao_area_de_terras_a_emater.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/289/req._no_006_-_2025_-_celebracao_de_acordo_com_ifpb.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/290/req._no_008_-_2025_-_coleta_lixo_caicara_e_sao_diogo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/291/req._no_009_-_2025_-_calcamento_sitio_piao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/292/req._no_010_-_2025_-_complementacao_calcamento_bonfim.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/293/req._no_011_-_2025_-_dp_-_pres._no_001_-_2025_-_altera_horario_das_sessoes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/294/req._no_012_-_2025_-_dp_-_pea_no_001_-_2025_ao_plo_no_002_-_2025_-_fda.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/295/req._no_013_-_2025_-_pagamento_piso_salaria_dos_dentistas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/296/req._no_014_-_2025_-_recursos_melhories_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/297/req._no_015_-_2025_-_aumento_salubridade_motoristas_da_saude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/298/req._no_016_-_2025_-_reforma_tubulacao_abastecimento_caicara.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/299/req._no_018_-_2025_-_redutores_velocidade_sitio_bonfim.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/300/req._no_019_-_2025_-_construcao_de_lajao_sitio_sao_diogo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/301/req._no_020_-_2025_-_calcamento_reforma_e_construcao_de_lajao_caicara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/302/req._no_021_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/303/req._no_022_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/304/req._no_023_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/305/req._no_024_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/306/req._no_025_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/307/req._no_026_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/308/req._no_027_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/309/req._no_028_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/310/req._no_029_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/311/req._no_030_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/312/req._no_031_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/313/req._no_032_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/314/req._no_033_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/315/req._no_034_-_2025_-.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/318/req._no_103_-_2025_-_jucelio_-_posto_casa_cidadania.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/319/req._no_104_-_2025_-_lidiana_-_programa_habilitacao_social.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/320/req._no_105_-_2025_-_fabio_-_colocacao_de_agua_no_morro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/321/req._no_106_-_2025_-_tico_-_instalacao_de_adultora.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/322/req._no_109_-_2025_-_fabio_-_colocacao_placas_indicativas_pontos_turisticos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/317/plo_no_027_-_2025_-_autoriza_celebrar_convenio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.vieiropolis.pb.leg.br/media/sapl/public/materialegislativa/2025/325/ata_da_17a_so_do_2o_po_1a_sl_8a_leg.-_29.11.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H42"/>
+  <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="128.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2013,95 +2028,119 @@
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>125</v>
       </c>
       <c r="D42" t="s">
         <v>181</v>
       </c>
       <c r="E42" t="s">
         <v>182</v>
       </c>
       <c r="F42" t="s">
         <v>169</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H42" t="s">
         <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>186</v>
+      </c>
+      <c r="D43" t="s">
+        <v>187</v>
+      </c>
+      <c r="E43" t="s">
+        <v>187</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H43" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>